--- v0 (2026-02-12)
+++ v1 (2026-03-04)
@@ -151,68 +151,62 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D61C57F" w14:textId="2D173328" w:rsidR="00C35569" w:rsidRDefault="00A44F43" w:rsidP="00535E67">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Teleconference</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E123E40" w14:textId="4CEB0A58" w:rsidR="00535E67" w:rsidRDefault="00535E67" w:rsidP="00535E67">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FF8BDCA" w14:textId="6BC40804" w:rsidR="00535E67" w:rsidRDefault="00535E67" w:rsidP="00535E67">
+    <w:p w14:paraId="6FF8BDCA" w14:textId="26B681D2" w:rsidR="00535E67" w:rsidRDefault="00535E67" w:rsidP="00535E67">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Minutes</w:t>
-      </w:r>
-[...4 lines deleted...]
-        <w:t>-Draft</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25ED44EA" w14:textId="77777777" w:rsidR="00D43512" w:rsidRDefault="00D43512" w:rsidP="00535E67">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AE2808B" w14:textId="77777777" w:rsidR="00C35569" w:rsidRDefault="00C35569" w:rsidP="00054559">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E69FB16" w14:textId="77777777" w:rsidR="00C35569" w:rsidRPr="00267D4D" w:rsidRDefault="00A44F43">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
@@ -938,59 +932,61 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidR="00266B4F" w:rsidRPr="00267D4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CE4737" w:rsidRPr="00267D4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Commissioners </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00376D39">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00154257">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00267D4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>present.</w:t>
       </w:r>
       <w:r w:rsidR="0098392B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1367,60 +1363,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">     Jane Warnock</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="016E74F8" w14:textId="3A7B4DA9" w:rsidR="00AE0B0E" w:rsidRDefault="009A2AF0" w:rsidP="001A1B9E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">JW – Before we get started I would like for all Commissioner to turn on their cameras and introduce themselves for the benefit of our new attendees. Please tell what you do and your role in your job if it is relevant. </w:t>
-      </w:r>
+        <w:t xml:space="preserve">JW – Before we get </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>started</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I would like for all Commissioner to turn on their cameras and introduce themselves for the benefit of our new attendees. Please </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tell</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> what you do and your role in your job if it is relevant. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00AE0B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Introductions of the convened provided.</w:t>
+        <w:t>Introductions</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AE0B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AE0B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>convened</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AE0B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18D00235" w14:textId="77777777" w:rsidR="00AE0B0E" w:rsidRDefault="00AE0B0E" w:rsidP="001A1B9E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3486DFF5" w14:textId="7F783F69" w:rsidR="00CC4A71" w:rsidRPr="00CC4A71" w:rsidRDefault="00C87BDC" w:rsidP="001A1B9E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -1607,110 +1674,138 @@
       </w:r>
       <w:r w:rsidRPr="0020121B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2279CC7E" w14:textId="77777777" w:rsidR="00AE0B0E" w:rsidRDefault="00AE0B0E" w:rsidP="00AE0B0E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>CY - There are 34 submitted (requests pending) applications in Phase 1 &amp; 2 review, unsubmitted since CR mailing on 12/20 is ~90. 10 applications are in Review for Distribution Committee (Phase 3).</w:t>
+        <w:t xml:space="preserve">CY - There are 34 submitted (requests pending) applications in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Phase</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 &amp; 2 review, unsubmitted since CR mailing on 12/20 is ~90. 10 applications are in Review for Distribution Committee (Phase 3).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35A6CCD3" w14:textId="77777777" w:rsidR="00AE0B0E" w:rsidRDefault="00AE0B0E" w:rsidP="00AE0B0E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">For Unsubmitted comparison, ~90 currently - we had 42 unsubmitted for November 2025 and 56 unsubmitted for November 2024. We will do a deep dive into more of the November data after the 45 day period ends in January. </w:t>
+        <w:t xml:space="preserve">For Unsubmitted comparison, ~90 currently - we had 42 unsubmitted for November 2025 and 56 unsubmitted for November 2024. We will do a deep dive into more of the November data after the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>45 day</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> period ends in January. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B0C8654" w14:textId="77777777" w:rsidR="00AE0B0E" w:rsidRDefault="00AE0B0E" w:rsidP="00AE0B0E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>OPB has our December 2025 grid.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A8A2FE4" w14:textId="7425FCAE" w:rsidR="00AE0B0E" w:rsidRDefault="00AE0B0E" w:rsidP="00AE0B0E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>We have ~35 open vendor applications awaiting approval by SAO. Review of Submitted and Awards by Injury reports</w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>We have ~35 open vendor applications awaiting approval by SAO. Review of Submitted and Awards by Injury reports.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="725BFC77" w14:textId="77777777" w:rsidR="00AE0B0E" w:rsidRDefault="00AE0B0E" w:rsidP="00AE0B0E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DF15BBD" w14:textId="77777777" w:rsidR="00AE0B0E" w:rsidRDefault="00AE0B0E" w:rsidP="00AE0B0E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001365A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1771,67 +1866,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00940FE2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">million </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">for the first half of FY2026 (July 1 to December 31, 2025). Samantha and I met with DPH finance director in October – attached their spreadsheet for their reconciliation of income and expenditures for the Commission. </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Treasury Account income statements for Q1-Q2 2025 and the January 2026 </w:t>
+        <w:t xml:space="preserve">for the first half of FY2026 (July 1 to December 31, 2025). Samantha and I met with DPH finance director in October – attached their spreadsheet for their reconciliation of income and expenditures for the Commission. Reviewed Treasury Account income statements for Q1-Q2 2025 and the January 2026 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Courttrax</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> surcharge report. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D357034" w14:textId="77777777" w:rsidR="00AE0B0E" w:rsidRDefault="00AE0B0E" w:rsidP="00AE0B0E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -1871,134 +1950,162 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>3. Software Procurement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3877F341" w14:textId="77777777" w:rsidR="00AE0B0E" w:rsidRDefault="00AE0B0E" w:rsidP="00AE0B0E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">CY - Current post-production issues and testing = 21 items of varying priority with Cardinality. Still unable to rescind/adjust awards, eta end of January according to Cardinality. Staff continues to encounter </w:t>
+        <w:t xml:space="preserve">CY - Current post-production issues and testing = 21 items of varying priority with Cardinality. Still unable to rescind/adjust awards, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eta</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> end of January according to Cardinality. Staff continues to encounter </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CBBD682" w14:textId="77777777" w:rsidR="00AE0B0E" w:rsidRDefault="00AE0B0E" w:rsidP="00AE0B0E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D212785" w14:textId="77777777" w:rsidR="00AE0B0E" w:rsidRDefault="00AE0B0E" w:rsidP="00AE0B0E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>4. Central Registry</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BF6018A" w14:textId="77777777" w:rsidR="00AE0B0E" w:rsidRDefault="00AE0B0E" w:rsidP="00AE0B0E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>CY - Central Registry inquiries and new grant applications received have been moderate compared with prior years. New mailing vendor Wallace Graphics has been easy to work with and costs are comparable with our old vendor rates. I will probably send out the third quarter mailing in a few months.</w:t>
+        <w:t xml:space="preserve">CY - Central Registry inquiries and new grant applications received have been moderate compared with prior years. New mailing vendor Wallace Graphics has been easy to work </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and costs are comparable with our old vendor rates. I will probably send out the third quarter mailing in a few months.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27A5FE73" w14:textId="77777777" w:rsidR="00AE0B0E" w:rsidRPr="00945136" w:rsidRDefault="00AE0B0E" w:rsidP="00AE0B0E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="261F4A3C" w14:textId="209B28FC" w:rsidR="00AE0B0E" w:rsidRDefault="00AE0B0E" w:rsidP="00AE0B0E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>We again</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> thank Brian for volunteering for the Treasurer’s position.</w:t>
+        <w:t>We again thank Brian for volunteering for the Treasurer’s position.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="561F6A17" w14:textId="77777777" w:rsidR="00876835" w:rsidRDefault="00876835" w:rsidP="00C87BDC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="273C68DD" w14:textId="2C10CBF7" w:rsidR="00D125D0" w:rsidRPr="00876835" w:rsidRDefault="00876835" w:rsidP="00C87BDC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2052,59 +2159,77 @@
         </w:rPr>
         <w:t>RE</w:t>
       </w:r>
       <w:r w:rsidR="00376329">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– we had a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">grid for </w:t>
       </w:r>
       <w:r w:rsidR="00E80184" w:rsidRPr="00E80184">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>$103,522.</w:t>
-[...7 lines deleted...]
-        <w:t>There were no issues regarding the</w:t>
+        <w:t>$</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E80184" w:rsidRPr="00E80184">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>103,522.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>There</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> were no issues regarding the</w:t>
       </w:r>
       <w:r w:rsidR="00E80184">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> January </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">grid by the Committee. Any questions? </w:t>
       </w:r>
       <w:r w:rsidR="00AE0B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AD – regarding applicant LITT – what is the Worker’s Comp status? CY – we will check with the applicant and provide you with that information.</w:t>
       </w:r>
@@ -2322,132 +2447,78 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Accounting and Finance report:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EA1D1C2" w14:textId="700E5D0A" w:rsidR="00D56862" w:rsidRDefault="00D56862" w:rsidP="00D56862">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">SM – collections for </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">SM – collections for December were </w:t>
       </w:r>
       <w:r w:rsidRPr="00D56862">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>$168,206</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Collections for </w:t>
-[...40 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">. Collections for January so far are at ~$103K with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a five</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> more days left in month. There are no accounting updates.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50F9005A" w14:textId="77777777" w:rsidR="00D56862" w:rsidRDefault="00D56862" w:rsidP="00D56862">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B8F66B7" w14:textId="77777777" w:rsidR="00D56862" w:rsidRDefault="00D56862" w:rsidP="00D56862">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
@@ -3097,72 +3168,84 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00AE0B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00876835">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>, 20</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00876835">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="001A2DBA" w:rsidRPr="00876835">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00876835" w:rsidRPr="00876835">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00876835">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from 10:30 a.m. to 12:00 p.m.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80BEB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C35569" w:rsidRPr="00D80BEB">
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -3332,59 +3415,62 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="4AC18629" w14:textId="77777777" w:rsidR="00C35569" w:rsidRDefault="00A44F43">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
       <w:t>Minutes taken by: CY</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7D44BB7E" w14:textId="23C92D5E" w:rsidR="00C35569" w:rsidRDefault="00A44F43">
+  <w:p w14:paraId="7D44BB7E" w14:textId="0E34D23E" w:rsidR="00C35569" w:rsidRDefault="00A44F43">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t>Minutes approved on:</w:t>
     </w:r>
     <w:r w:rsidR="00BD0219">
       <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00084ACB">
+      <w:t>2-26-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4ABCDD60" w14:textId="77777777" w:rsidR="00571156" w:rsidRDefault="00571156">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="01C613DE" w14:textId="77777777" w:rsidR="00571156" w:rsidRDefault="00571156">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
@@ -4817,87 +4903,88 @@
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1616866616">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1400132667">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="225839388">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1332684117">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1064793508">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="155876924">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C35569"/>
     <w:rsid w:val="00000825"/>
     <w:rsid w:val="00012E22"/>
     <w:rsid w:val="0001686C"/>
     <w:rsid w:val="00024ED0"/>
     <w:rsid w:val="00033E51"/>
     <w:rsid w:val="00045622"/>
     <w:rsid w:val="00051661"/>
     <w:rsid w:val="00054559"/>
     <w:rsid w:val="00057357"/>
     <w:rsid w:val="00066161"/>
     <w:rsid w:val="000673CD"/>
     <w:rsid w:val="00084239"/>
+    <w:rsid w:val="00084ACB"/>
     <w:rsid w:val="00090D0D"/>
     <w:rsid w:val="000A30C5"/>
     <w:rsid w:val="000A577D"/>
     <w:rsid w:val="000A6031"/>
     <w:rsid w:val="000B4E6C"/>
     <w:rsid w:val="000B72E4"/>
     <w:rsid w:val="000D1800"/>
     <w:rsid w:val="000D57A3"/>
     <w:rsid w:val="000E1672"/>
     <w:rsid w:val="000F19BD"/>
     <w:rsid w:val="000F1DE0"/>
     <w:rsid w:val="00103384"/>
     <w:rsid w:val="0011443D"/>
     <w:rsid w:val="00121E07"/>
     <w:rsid w:val="00122BFD"/>
     <w:rsid w:val="001247F7"/>
     <w:rsid w:val="00125255"/>
     <w:rsid w:val="001260F5"/>
     <w:rsid w:val="00130D75"/>
     <w:rsid w:val="00133172"/>
     <w:rsid w:val="001460A3"/>
     <w:rsid w:val="00147F4D"/>
     <w:rsid w:val="00150E9F"/>
     <w:rsid w:val="00154257"/>
     <w:rsid w:val="001716ED"/>
@@ -5188,50 +5275,51 @@
     <w:rsid w:val="00A83219"/>
     <w:rsid w:val="00A87C50"/>
     <w:rsid w:val="00A96738"/>
     <w:rsid w:val="00AA1D3F"/>
     <w:rsid w:val="00AB576D"/>
     <w:rsid w:val="00AB76DE"/>
     <w:rsid w:val="00AC0477"/>
     <w:rsid w:val="00AC0CFC"/>
     <w:rsid w:val="00AC4BC5"/>
     <w:rsid w:val="00AD27E5"/>
     <w:rsid w:val="00AD5A09"/>
     <w:rsid w:val="00AE0B0E"/>
     <w:rsid w:val="00AE1045"/>
     <w:rsid w:val="00AE4BA3"/>
     <w:rsid w:val="00AE7EE6"/>
     <w:rsid w:val="00AF0087"/>
     <w:rsid w:val="00AF2C62"/>
     <w:rsid w:val="00AF5B1F"/>
     <w:rsid w:val="00B07C20"/>
     <w:rsid w:val="00B10052"/>
     <w:rsid w:val="00B10416"/>
     <w:rsid w:val="00B16419"/>
     <w:rsid w:val="00B24C9C"/>
     <w:rsid w:val="00B260B8"/>
     <w:rsid w:val="00B34081"/>
+    <w:rsid w:val="00B3492B"/>
     <w:rsid w:val="00B53B1B"/>
     <w:rsid w:val="00B54D8B"/>
     <w:rsid w:val="00B630C8"/>
     <w:rsid w:val="00B83B76"/>
     <w:rsid w:val="00B84CC4"/>
     <w:rsid w:val="00B93DF2"/>
     <w:rsid w:val="00BA53B2"/>
     <w:rsid w:val="00BB19A9"/>
     <w:rsid w:val="00BB3F9D"/>
     <w:rsid w:val="00BB51CF"/>
     <w:rsid w:val="00BC0CCC"/>
     <w:rsid w:val="00BC418E"/>
     <w:rsid w:val="00BD0219"/>
     <w:rsid w:val="00BD2F49"/>
     <w:rsid w:val="00BE69B0"/>
     <w:rsid w:val="00BF0F15"/>
     <w:rsid w:val="00BF477E"/>
     <w:rsid w:val="00BF4E1E"/>
     <w:rsid w:val="00C050D4"/>
     <w:rsid w:val="00C1069A"/>
     <w:rsid w:val="00C203A5"/>
     <w:rsid w:val="00C31C86"/>
     <w:rsid w:val="00C35569"/>
     <w:rsid w:val="00C36B43"/>
     <w:rsid w:val="00C44506"/>
@@ -6484,69 +6572,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FFB696B4-97D0-4E60-A1FB-13741E38EBC1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>778</Words>
-  <Characters>4335</Characters>
+  <Words>762</Words>
+  <Characters>4345</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>36</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Brain and Spinal Injury Trust Fund Commission</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DHR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5103</CharactersWithSpaces>
+  <CharactersWithSpaces>5097</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Brain and Spinal Injury Trust Fund Commission</dc:title>
   <dc:subject/>
   <dc:creator>clyoung</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>